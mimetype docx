--- v0 (2025-11-28)
+++ v1 (2026-01-15)
@@ -6,96 +6,104 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="17068D06" w14:textId="77777777" w:rsidR="00641A24" w:rsidRPr="00F1548D" w:rsidRDefault="00641A24" w:rsidP="00641A24">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk203054889"/>
       <w:bookmarkStart w:id="1" w:name="_Hlk205452774"/>
       <w:r w:rsidRPr="00F1548D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="56BB72"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>Commercial Real Estate Associate</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="715CCF35" w14:textId="77777777" w:rsidR="00641A24" w:rsidRDefault="00641A24" w:rsidP="00641A24">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10860EA8" w14:textId="77777777" w:rsidR="00641A24" w:rsidRDefault="00641A24" w:rsidP="00641A24"/>
     <w:p w14:paraId="01ECF3D0" w14:textId="77777777" w:rsidR="00641A24" w:rsidRPr="00F1548D" w:rsidRDefault="00641A24" w:rsidP="00641A24">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FC1057">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">Robinson+Cole, a Vault "Top </w:t>
+        <w:t>Robinson+Cole</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC1057">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a Vault "Top </w:t>
       </w:r>
       <w:r w:rsidRPr="00A25D3F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Ranked" Am Law 200 firm, seeks an associate with a minimum of four to six years of experience to join its active Commercial Real Estate + Development Practice Group based in our Boston or Hartford</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">, CT </w:t>
       </w:r>
       <w:r w:rsidRPr="00F1548D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>office</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -221,120 +229,140 @@
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="150" w:after="90"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>The selected c</w:t>
       </w:r>
       <w:r w:rsidRPr="00F1548D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">andidate </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">will join a fast-paced team and take on complex work with local and national developers who are leaders in their field. Candidates should be interested in working in the area of affordable housing development.  </w:t>
+        <w:t xml:space="preserve">will join a fast-paced team and take on complex work with local and national developers who are leaders in their field. Candidates should be interested in working </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>in the area of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> affordable housing development.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="492F3728" w14:textId="77777777" w:rsidR="00641A24" w:rsidRPr="00F1548D" w:rsidRDefault="00641A24" w:rsidP="00641A24">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="150" w:after="90"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3363E3A1" w14:textId="77777777" w:rsidR="00641A24" w:rsidRPr="001B5160" w:rsidRDefault="00641A24" w:rsidP="00641A24">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="312" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B5160">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="111111"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Please note that all R+C attorneys must be admitted in the state of their primary office location. </w:t>
       </w:r>
       <w:r w:rsidRPr="001B5160">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Prior law firm experience is also required for this position.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A20791F" w14:textId="77777777" w:rsidR="00641A24" w:rsidRDefault="00641A24" w:rsidP="00641A24">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="150" w:after="90"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AD367BC" w14:textId="77777777" w:rsidR="00641A24" w:rsidRPr="005416E5" w:rsidRDefault="00641A24" w:rsidP="00641A24">
+    <w:p w14:paraId="6AD367BC" w14:textId="26ADAF8C" w:rsidR="00641A24" w:rsidRPr="005416E5" w:rsidRDefault="00641A24" w:rsidP="00641A24">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="150" w:after="90"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005416E5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Massachusetts Applicants: </w:t>
       </w:r>
+      <w:r w:rsidR="00EE6AAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A25D3F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Effective January 2026, the target base salary range for this position is $202,500 to $217,500. Actual</w:t>
+        <w:t>he target base salary range for this position is $202,500 to $217,500. Actual</w:t>
       </w:r>
       <w:r w:rsidRPr="005416E5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> base salary within that range will be determined by several components including but not limited to the individual's </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>prior</w:t>
       </w:r>
       <w:r w:rsidRPr="005416E5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> experience, class year, skills, qualifications, and office location.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B3F9075" w14:textId="77777777" w:rsidR="00641A24" w:rsidRPr="00FC1057" w:rsidRDefault="00641A24" w:rsidP="00641A24">
       <w:pPr>
         <w:spacing w:before="150" w:after="90"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="baseline"/>
@@ -437,325 +465,329 @@
       <w:r w:rsidRPr="00114034">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Click to view our E-Verify notices</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="6970B9B6" w14:textId="77777777" w:rsidR="00641A24" w:rsidRPr="00F1548D" w:rsidRDefault="00641A24" w:rsidP="00641A24">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="150" w:after="90"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24917CAC" w14:textId="5BFCBC21" w:rsidR="00641A24" w:rsidRPr="00F1548D" w:rsidRDefault="00641A24" w:rsidP="00641A24">
+    <w:p w14:paraId="24917CAC" w14:textId="71CF4034" w:rsidR="00641A24" w:rsidRPr="00F1548D" w:rsidRDefault="00641A24" w:rsidP="00641A24">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00114034">
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00CC300C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Click here to appl</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE6AAC" w:rsidRPr="00CC300C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE6AAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F1548D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>please include a cover letter, resume, and law school transcript.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C688821" w14:textId="77777777" w:rsidR="00641A24" w:rsidRDefault="00641A24" w:rsidP="00641A24">
       <w:pPr>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="67F971B6" w14:textId="77777777" w:rsidR="00661BC4" w:rsidRPr="00FE159F" w:rsidRDefault="00661BC4" w:rsidP="00121FAA"/>
     <w:sectPr w:rsidR="00661BC4" w:rsidRPr="00FE159F">
       <w:headerReference w:type="even" r:id="rId6"/>
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5C7ADEB3" w14:textId="77777777" w:rsidR="0087206F" w:rsidRDefault="0087206F" w:rsidP="00114034">
+    <w:p w14:paraId="4D2E231F" w14:textId="77777777" w:rsidR="000F0C98" w:rsidRDefault="000F0C98" w:rsidP="00114034">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="518C142A" w14:textId="77777777" w:rsidR="0087206F" w:rsidRDefault="0087206F" w:rsidP="00114034">
+    <w:p w14:paraId="51D75847" w14:textId="77777777" w:rsidR="000F0C98" w:rsidRDefault="000F0C98" w:rsidP="00114034">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Bold">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="13D858FB" w14:textId="77777777" w:rsidR="00114034" w:rsidRDefault="00114034">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6B3640A6" w14:textId="77777777" w:rsidR="00114034" w:rsidRDefault="00114034">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="44E376C7" w14:textId="77777777" w:rsidR="00114034" w:rsidRDefault="00114034">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6B716058" w14:textId="77777777" w:rsidR="0087206F" w:rsidRDefault="0087206F" w:rsidP="00114034">
+    <w:p w14:paraId="57FA795F" w14:textId="77777777" w:rsidR="000F0C98" w:rsidRDefault="000F0C98" w:rsidP="00114034">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="054DC8BD" w14:textId="77777777" w:rsidR="0087206F" w:rsidRDefault="0087206F" w:rsidP="00114034">
+    <w:p w14:paraId="3E3EF85C" w14:textId="77777777" w:rsidR="000F0C98" w:rsidRDefault="000F0C98" w:rsidP="00114034">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4A063330" w14:textId="77777777" w:rsidR="00114034" w:rsidRDefault="00114034">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2A332338" w14:textId="77777777" w:rsidR="00114034" w:rsidRDefault="00114034">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="10238230" w14:textId="77777777" w:rsidR="00114034" w:rsidRDefault="00114034">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00641A24"/>
     <w:rsid w:val="000143AC"/>
     <w:rsid w:val="0006132F"/>
     <w:rsid w:val="000A6BE8"/>
     <w:rsid w:val="000E59EA"/>
+    <w:rsid w:val="000F0C98"/>
     <w:rsid w:val="00114034"/>
     <w:rsid w:val="00121FAA"/>
     <w:rsid w:val="002C457C"/>
     <w:rsid w:val="002F2691"/>
     <w:rsid w:val="003316C6"/>
     <w:rsid w:val="004034E1"/>
     <w:rsid w:val="004C2C3B"/>
     <w:rsid w:val="00531CDB"/>
     <w:rsid w:val="00641A24"/>
+    <w:rsid w:val="00660AEC"/>
     <w:rsid w:val="00661BC4"/>
     <w:rsid w:val="0087206F"/>
     <w:rsid w:val="008868C5"/>
+    <w:rsid w:val="009A7D61"/>
     <w:rsid w:val="00A31FDF"/>
     <w:rsid w:val="00BB6288"/>
+    <w:rsid w:val="00CC300C"/>
     <w:rsid w:val="00D168E9"/>
     <w:rsid w:val="00D55E96"/>
     <w:rsid w:val="00D96CEB"/>
+    <w:rsid w:val="00EE6AAC"/>
     <w:rsid w:val="00F94264"/>
+    <w:rsid w:val="00FA523D"/>
     <w:rsid w:val="00FE159F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1D67164E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{706AD2A5-6779-4752-ACAB-84AB89E27769}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="2" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="4" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="5" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1758,55 +1790,67 @@
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00114034"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00114034"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EE6AAC"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
@@ -2078,53 +2122,53 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{19e8292e-eb8d-461f-9417-beecf1cb49e4}" enabled="0" method="" siteId="{19e8292e-eb8d-461f-9417-beecf1cb49e4}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>358</Words>
-  <Characters>2045</Characters>
+  <Words>355</Words>
+  <Characters>2024</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2399</CharactersWithSpaces>
+  <CharactersWithSpaces>2375</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>